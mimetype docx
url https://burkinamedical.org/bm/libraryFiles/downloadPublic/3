--- v0 (2025-12-13)
+++ v1 (2026-03-21)
@@ -258,73 +258,51 @@
                               </w:rPr>
                               <w:t xml:space="preserve">Revue semestrielle de la Société des Sciences de la Santé (SOSSA) </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="1AD2184B" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="007378B3" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="709" w:firstLine="709"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="007378B3">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">                </w:t>
-[...21 lines deleted...]
-                              <w:t xml:space="preserve"> Burkina Faso</w:t>
+                              <w:t xml:space="preserve">                au Burkina Faso</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="08FAB071" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="709" w:firstLine="709"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve">                </w:t>
                             </w:r>
                             <w:r w:rsidRPr="007378B3">
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
@@ -1237,67 +1215,57 @@
         </w:rPr>
         <w:t xml:space="preserve">Trame générale dans laquelle vous pouvez </w:t>
       </w:r>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>insérer votre texte</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BA0DDBF" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>pour</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">pour </w:t>
       </w:r>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">une </w:t>
       </w:r>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Etude de cas clinique</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4567E1FF" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -1325,334 +1293,77 @@
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>15 mots au maximum)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D55C5E9" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Les mots « étude de cas » devraient figurer dans le titre avec le sujet étudié</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E96400E" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...265 lines deleted...]
-    <w:p w14:paraId="7E1FA195" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
+    <w:p w14:paraId="3717D5EE" w14:textId="77777777" w:rsidR="00576B4B" w:rsidRDefault="00576B4B" w:rsidP="000C4D70">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E1FA195" w14:textId="779F589F" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Résumé</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E86DD79" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Résumé</w:t>
       </w:r>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> :   </w:t>
       </w:r>
       <w:r w:rsidRPr="006D2A82">
@@ -1846,117 +1557,96 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56063AC7" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="00C734BD" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C734BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
       <w:r w:rsidRPr="00C734BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t> :</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">   </w:t>
+        <w:t xml:space="preserve"> :   </w:t>
       </w:r>
       <w:r w:rsidRPr="00C734BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>250 words maximum</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4809CF5E" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C734BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Introduction :</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Introduction : </w:t>
       </w:r>
       <w:r w:rsidRPr="00C734BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>YOUR TEXT</w:t>
       </w:r>
       <w:r w:rsidRPr="00C734BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00C734BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Description : </w:t>
@@ -1981,80 +1671,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Conclusion : </w:t>
       </w:r>
       <w:r w:rsidRPr="00C734BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>YOUR TEXT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B651247" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Keywordss</w:t>
-[...6 lines deleted...]
-          <w:u w:val="single"/>
+        <w:t xml:space="preserve">Keywordss </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D2A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 to 5 maximum</w:t>
       </w:r>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">word1, word2, word3; …  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F7B126C" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
@@ -2075,75 +1752,50 @@
     </w:p>
     <w:p w14:paraId="5589B553" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EFE0EF7" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1390DD18" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="377EA082" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...23 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3234109F" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Introduction (</w:t>
       </w:r>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Un ou deux paragraphes résumant la raison pour laquelle ce cas est unique, avec des références)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="126E8433" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
       <w:pPr>
@@ -2271,65 +1923,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="223BBBB2" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Démarche diagnostique (</w:t>
       </w:r>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Méthodes diagnostiques (examen physique, examens de laboratoire, imagerie, enquêtes, etc.) ; Enjeux diagnostiques (accès, financiers ou culturels, etc.) ; Raisonnement diagnostique, y compris les autres diagnostics considérés ; Facteurs pronostiques tels que la stadification (</w:t>
-[...13 lines deleted...]
-        <w:t>) en oncologie, le cas échéant</w:t>
+        <w:t>Méthodes diagnostiques (examen physique, examens de laboratoire, imagerie, enquêtes, etc.) ; Enjeux diagnostiques (accès, financiers ou culturels, etc.) ; Raisonnement diagnostique, y compris les autres diagnostics considérés ; Facteurs pronostiques tels que la stadification (staging) en oncologie, le cas échéant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="689C5F3F" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Intervention thérapeutique</w:t>
       </w:r>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2637,286 +2275,110 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>0 au maximum)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="633AEC68" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="x-none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Oberlin P, </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> MC. La longue diminution des appendicectomies en France. Études et résultats, Drees. 2014;868. [Visité le 13/12/ 2017]. En ligne : </w:t>
+        <w:t xml:space="preserve">Oberlin P, Mouquet MC. La longue diminution des appendicectomies en France. Études et résultats, Drees. 2014;868. [Visité le 13/12/ 2017]. En ligne : </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="002D7380">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:val="x-none"/>
           </w:rPr>
           <w:t>http://drees.solidarites-sante.gouv.fr/IMG/pdf/er868.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="x-none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="668C423F" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="00BE50BC" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE50BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="x-none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Diallo I, </w:t>
-[...127 lines deleted...]
-        <w:t xml:space="preserve"> in Ouagadougou and Bobo Dioulasso, Burkina Faso. IJID Reg. 2024;12(14):100517. </w:t>
+        <w:t xml:space="preserve">Diallo I, Sarigda M, Diendere EA, Sawadogo A, Ouedraogo AGA, Zoungrana J et al. Access to plasma viral load in people living with HIV under treatment in Ouagadougou and Bobo Dioulasso, Burkina Faso. IJID Reg. 2024;12(14):100517. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DD65D61" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="00BE50BC" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE50BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="x-none"/>
         </w:rPr>
-        <w:t>Duchêne A, Marty M. Épidémiologie de l’appendicectomie en France. E-</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> Chir. 2012;11(4):095-9.</w:t>
+        <w:t>Duchêne A, Marty M. Épidémiologie de l’appendicectomie en France. E-Mém L’Académie Natl Chir. 2012;11(4):095-9.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13C91AB2" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Annexes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2511EAF1" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
@@ -3010,61 +2472,61 @@
         </w:rPr>
         <w:t xml:space="preserve">La Société des Sciences de la Santé </w:t>
       </w:r>
       <w:r w:rsidRPr="006D2A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>reste neutre en ce qui concerne les revendications juridictionnelles dans les publications des cartes et affiliations institutionnelles.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000C4D70">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="517137BE" w14:textId="77777777" w:rsidR="00005E46" w:rsidRDefault="00005E46">
+    <w:p w14:paraId="008174F1" w14:textId="77777777" w:rsidR="006B0339" w:rsidRDefault="006B0339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2CA24009" w14:textId="77777777" w:rsidR="00005E46" w:rsidRDefault="00005E46">
+    <w:p w14:paraId="3BD364DA" w14:textId="77777777" w:rsidR="006B0339" w:rsidRDefault="006B0339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -3110,61 +2572,61 @@
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="617C5A57" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRDefault="000C4D70">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79E6BB61" w14:textId="77777777" w:rsidR="00005E46" w:rsidRDefault="00005E46">
+    <w:p w14:paraId="4B04DF65" w14:textId="77777777" w:rsidR="006B0339" w:rsidRDefault="006B0339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E393263" w14:textId="77777777" w:rsidR="00005E46" w:rsidRDefault="00005E46">
+    <w:p w14:paraId="7B3B57D0" w14:textId="77777777" w:rsidR="006B0339" w:rsidRDefault="006B0339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr w:rsidR="00574069" w14:paraId="190FED60" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
@@ -3439,98 +2901,101 @@
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="963461350">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1877158031">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00987019"/>
     <w:rsid w:val="00005E46"/>
+    <w:rsid w:val="00060671"/>
     <w:rsid w:val="000A14BF"/>
     <w:rsid w:val="000C4D70"/>
     <w:rsid w:val="000C57A5"/>
     <w:rsid w:val="00125C8D"/>
     <w:rsid w:val="00136AE3"/>
     <w:rsid w:val="001A4DF0"/>
     <w:rsid w:val="001D3CC2"/>
     <w:rsid w:val="001F1FED"/>
     <w:rsid w:val="002C329E"/>
     <w:rsid w:val="003113A8"/>
     <w:rsid w:val="003401AA"/>
     <w:rsid w:val="003567CE"/>
     <w:rsid w:val="00360311"/>
     <w:rsid w:val="00374689"/>
     <w:rsid w:val="003D3BBB"/>
     <w:rsid w:val="0046351B"/>
     <w:rsid w:val="00574069"/>
+    <w:rsid w:val="00576B4B"/>
     <w:rsid w:val="006464B9"/>
+    <w:rsid w:val="006B0339"/>
     <w:rsid w:val="006F72C7"/>
     <w:rsid w:val="007378B3"/>
     <w:rsid w:val="007E5CF9"/>
+    <w:rsid w:val="008206A9"/>
     <w:rsid w:val="008338AB"/>
     <w:rsid w:val="00987019"/>
     <w:rsid w:val="00A85DDF"/>
     <w:rsid w:val="00B31E77"/>
     <w:rsid w:val="00B40E93"/>
     <w:rsid w:val="00B434FC"/>
     <w:rsid w:val="00B70972"/>
     <w:rsid w:val="00BC0E87"/>
     <w:rsid w:val="00C734BD"/>
     <w:rsid w:val="00CD2FBD"/>
     <w:rsid w:val="00EA1D00"/>
     <w:rsid w:val="00F364A5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -4400,70 +3865,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3791</Characters>
+  <Pages>3</Pages>
+  <Words>606</Words>
+  <Characters>3337</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>27</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4472</CharactersWithSpaces>
+  <CharactersWithSpaces>3936</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alassane DEME</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>