--- v0 (2025-12-13)
+++ v1 (2026-03-21)
@@ -1,4281 +1,3502 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="172C38D8" w14:textId="1AAC822E" w:rsidR="00A85DDF" w:rsidRDefault="003401AA">
-[...3 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="172C38D8">
+      <w:r>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="670ADDA6" wp14:editId="19A1555A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1481455</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>49530</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4381500" cy="1346200"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="25400"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1798914854" name="Zone de texte 9"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4381500" cy="1346200"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="43C4C590" w14:textId="77777777" w:rsidR="003401AA" w:rsidRDefault="003401AA"/>
+                          <w:p w14:paraId="43C4C590"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
-                        <a:prstTxWarp prst="textNoShape">
-[...1 lines deleted...]
-                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="670ADDA6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Zone de texte 9" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:116.65pt;margin-top:3.9pt;width:345pt;height:106pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+QOvATAIAAIgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2jAUfZ+0/2D5fQQKtBQ1VIyq06Sq&#10;rUSnSnszjlOiOb6ebUi6X79jJ1DU7Wnai3Pt+33Ovbm6bmvN9sr5ikzOR4MhZ8pIKirzkvNvT7ef&#10;Zpz5IEwhNBmV81fl+fXi44erxs7VGW1JF8oxBDF+3ticb0Ow8yzzcqtq4QdklYGyJFeLgKt7yQon&#10;GkSvdXY2HJ5nDbnCOpLKe7zedEq+SPHLUsnwUJZeBaZzjtpCOl06N/HMFldi/uKE3VayL0P8QxW1&#10;qAySHkPdiCDYzlV/hKor6chTGQaS6ozKspIq9YBuRsN33ay3wqrUC8Dx9giT/39h5f3+0bGqAHcX&#10;l7PL0WQ2nXBmRA2uvoMxVigWVBsUu4xYNdbP4bK2cArtZ2rhd3j3eIwQtKWr4xfNMeiB+usRaURi&#10;Eo+T8Ww0HUIloRuNJ+fgMsbJ3tyt8+GLoppFIecOVCaExf7Oh870YBKzGbqttE50asOanJ+Pp8Pk&#10;4ElXRVRGs+iy0o7tBQZio4X80ac9sUIR2qCW2GzXVJRCu2l7BDZUvAIAR904eStvK8S9Ez48Cof5&#10;QWPYifCAo9SEYqiXONuS+/W392gPWqHlrME85tz/3AmnONNfDQgHNZM4wOkymV6c4eJONZtTjdnV&#10;K0KHI2yflUmM9kEfxNJR/YzVWcasUAkjkTvn4SCuQrclWD2plstkhJG1ItyZtZUx9AHPp/ZZONvz&#10;FIflng6TK+bv6OpsO8KWu0BllbiMAHeo9rhj3NM09KsZ9+n0nqzefiCL3wAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAH2CWH7fAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo00bQ&#10;NsSpEKIHJIREQZSjEy9xhL0OsZsGvp7lBMedN5qdKTeTd2LEIXaBFMxnGQikJpiOWgUvz9uLFYiY&#10;NBntAqGCL4ywqU5PSl2YcKQnHHepFRxCsdAKbEp9IWVsLHodZ6FHYvYeBq8Tn0MrzaCPHO6dXGTZ&#10;lfS6I/5gdY+3FpuP3cEreHjdf95tH9+yPdauuxzd0t5/10qdn0031yASTunPDL/1uTpU3KkOBzJR&#10;OAWLPM/ZqmDJC5ivWQBRM5ivVyCrUv5fUP0AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;vkDrwEwCAACIBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAfYJYft8AAAAJAQAADwAAAAAAAAAAAAAAAACmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAALIFAAAAAA==&#10;" filled="f" strokeweight=".5pt">
+              <v:shape id="Zone de texte 9" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-left:116.65pt;margin-top:3.9pt;height:106pt;width:345pt;z-index:251666432;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAXC32FtgAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMBBE70j8g7VI3KidRtA2xOkB0QMSQqIgytFJljjC&#10;XofYTQtfz/YEx503mp0p10fvxIRj7ANpyGYKBFIT2p46Da8vm6sliJgMtcYFQg3fGGFdnZ+VpmjD&#10;gZ5x2qZOcAjFwmiwKQ2FlLGx6E2chQGJ2UcYvUl8jp1sR3PgcO/kXKkb6U1P/MGaAe8sNp/bvdfw&#10;+Lb7ut88vasd1q6/ntzCPvzUWl9eZOoWRMJj+jPDqT5Xh4o71WFPbRROwzzPc7ZqWPAC5isWQNQM&#10;stUSZFXK/wuqX1BLAwQUAAAACACHTuJA3tcJh00CAACcBAAADgAAAGRycy9lMm9Eb2MueG1srVTB&#10;btswDL0P2D8Iuq9O2qRNgzpF1qLDgGIt0A0DdlNkuTYmiZqkxO6+fk+y0wbdDj3sIlMi+Ug+kr64&#10;7I1mO+VDS7bk06MJZ8pKqlr7WPJvX28+LDgLUdhKaLKq5E8q8MvV+3cXnVuqY2pIV8ozgNiw7FzJ&#10;mxjdsiiCbJQR4YicslDW5I2IuPrHovKiA7rRxfFkclp05CvnSaoQ8Ho9KPmI6N8CSHXdSnVNcmuU&#10;jQOqV1pElBSa1gW+ytnWtZLxrq6DikyXHJXGfCII5E06i9WFWD564ZpWjimIt6TwqiYjWougz1DX&#10;Igq29e1fUKaVngLV8UiSKYZCMiOoYjp5xc1DI5zKtYDq4J5JD/8PVn7Z3XvWVpiEs/PF+XS2mM84&#10;s8Kg8z/Qf1YpFlUfFTtPXHUuLOHy4OAU+4/Uw2//HvCYKOhrb9IXxTHowfTTM9NAYhKPs5PFdD6B&#10;SkI3PZmdYjISTvHi7nyInxQZloSSe7QyMyx2tyEOpnuTFM3STat1bqe2rCv56cl8kh0C6bZKymSW&#10;XK60ZzuBgdhoIX+OYQ+skIS2yCUVOxSVpNhv+pGBDVVPIMDTME7ByZsWuLcixHvhMT8oDBsW73DU&#10;mpAMjRJnDfnf/3pP9mgrtJx1mMeSh19b4RVn+rNFw9GaGWBjvszmZ8e4+EPN5lBjt+aKUOEUu+xk&#10;FpN91Hux9mS+YxHXKSpUwkrELnnci1dx2BIsslTrdTbCyDoRb+2Dkwl6oH29jVS3uSOJpoGbkT0M&#10;be7puGBpKw7v2erlp7L6A1BLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQU&#10;AAAACACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04v&#10;o9Br6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7&#10;UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y&#10;6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe&#10;00c+47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9U&#10;eXBlc10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/&#10;vye73BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9&#10;jsC580hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZD&#10;TKZqIvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trW&#10;asybwE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAAT&#10;AAAAAAAAAAEAIAAAAL4EAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAA&#10;AAAAAAAAAAYAAAAAAAAAAAAQAAAAoAMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQB&#10;AAALAAAAAAAAAAEAIAAAAMQDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAA&#10;AAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQFwt9hbYAAAACQEAAA8AAAAA&#10;AAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kDe1wmHTQIAAJwEAAAO&#10;AAAAAAAAAAEAIAAAACcBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAADmBQAAAAA=&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="43C4C590" w14:textId="77777777" w:rsidR="003401AA" w:rsidRDefault="003401AA"/>
+                    <w:p w14:paraId="43C4C590"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659775" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B97CF6B" wp14:editId="3CCE1FA6">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" hidden="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>845820</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>43180</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4889500" cy="1365250"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="781012634" name="Cube 8" hidden="1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4889500" cy="1365250"/>
                         </a:xfrm>
                         <a:prstGeom prst="cube">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="15000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
-                        <a:prstTxWarp prst="textNoShape">
-[...1 lines deleted...]
-                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="margin">
-[...1 lines deleted...]
-                </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+          <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="4B428E49" id="_x0000_t16" coordsize="21600,21600" o:spt="16" adj="5400" path="m@0,l0@0,,21600@1,21600,21600@2,21600,xem0@0nfl@1@0,21600,em@1@0nfl@1,21600e">
-[...17 lines deleted...]
-                <w10:wrap anchorx="margin"/>
+              <v:shape id="Cube 8" o:spid="_x0000_s1026" o:spt="16" type="#_x0000_t16" style="position:absolute;left:0pt;margin-left:66.6pt;margin-top:3.4pt;height:107.5pt;width:385pt;mso-position-horizontal-relative:margin;visibility:hidden;z-index:251660288;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#4472C4 [3204]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAl7gHw9cAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVI7KidVIqaEKcSSGXDQ6Jlw86NhyRq&#10;PA6x2wS+numqLI/u1X2U69n14oRj6DxpSBYKBFLtbUeNho/d5m4FIkRD1vSeUMMPBlhX11elKayf&#10;6B1P29gIDqFQGA1tjEMhZahbdCYs/IDE2pcfnYmMYyPtaCYOd71MlcqkMx1xQ2sGfGyxPmyPToPM&#10;n9PN9PC7e8le5+/87TM+yUOu9e1Nou5BRJzjxQzn+TwdKt6090eyQfTMy2XKVg0ZP2A9V2fea0jT&#10;ZAWyKuX/B9UfUEsDBBQAAAAIAIdO4kAxRytuggIAACcFAAAOAAAAZHJzL2Uyb0RvYy54bWytVE1v&#10;2zAMvQ/YfxB0Xx2nTpsGdYogQYcBxVqgG3ZWZDkWoK9Jykf36/cku2na7tDDLjYpUo/kI6nrm4NW&#10;ZCd8kNbUtDwbUSIMt400m5r+/HH7ZUpJiMw0TFkjavokAr2Zf/50vXczMbadVY3wBCAmzPaupl2M&#10;blYUgXdCs3BmnTAwttZrFqH6TdF4tge6VsV4NLoo9tY3zlsuQsDpqjfSAdF/BNC2reRiZflWCxN7&#10;VC8UiygpdNIFOs/Ztq3g8b5tg4hE1RSVxvxFEMjr9C3m12y28cx1kg8psI+k8KYmzaRB0CPUikVG&#10;tl6+g9KSextsG8+41UVfSGYEVZSjN9w8dsyJXAuoDu5Ievh/sPz77sET2dT0clqOyvHFeUWJYRqN&#10;X27XgmAYOtk0Io1KImvvwgx3Ht2DH7QAMVV+aL1Of9REDpngpyPB4hAJx2E1nV5NRuCew1aeX0zG&#10;k9yC4uW68yF+FVaTJNSUI4lMLNvdhYiQcH12SdGCVbK5lUplxW/WS+XJjqHbVXU5XlYpZ1x55aYM&#10;2SP8+DJnwjDDLWYHSWkHHoLZUMLUBhXz6HPsV7fDaZASMSZl79SxRvShS9T4XNfg/j6LVMWKha6/&#10;kkP006hlxIIpqWs6Bc4RSRmAJP57xpO0ts0T2udtP9fB8VsJ2DsW4gPzGGRQjVWP9/i0yqJqO0ho&#10;q/V//nWe/DFfsFKyx2KAkd9b5gUl6pvB5F2VVZU2KSvV5HIMxZ9a1qcWs9VLi26UeFQcz2Lyj+pZ&#10;bL3Vv/AiLFJUmJjhiN1zPyjL2C8s3hQuFovshu1xLN6ZR8cTeOq+sYtttK3MU/LCzkAa9if3YNj1&#10;tKCnevZ6ed/mfwFQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgA&#10;h07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+ke&#10;wNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcU&#10;OIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJ&#10;D6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO6&#10;1X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wc&#10;xkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNI&#10;adK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLz&#10;g5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BN&#10;ir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAA&#10;AAABACAAAADyBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAA&#10;AAAGAAAAAAAAAAAAEAAAANQDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAA&#10;AAAAAAABACAAAAD4AwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAA&#10;AAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kCXuAfD1wAAAAkBAAAPAAAAAAAAAAEA&#10;IAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAMUcrboICAAAnBQAADgAAAAAA&#10;AAABACAAAAAmAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAGgYAAAAA&#10;" adj="5400">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#172C51 [3204]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660031" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38CF6D82" wp14:editId="508213F6">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>65405</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>24130</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5791200" cy="1546860"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1014178471" name="Zone de texte 1652749814"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5791200" cy="1546860"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="393BBEF9" w14:textId="77777777" w:rsidR="00B70972" w:rsidRPr="007378B3" w:rsidRDefault="0046351B" w:rsidP="00B31E77">
+                          <w:p w14:paraId="393BBEF9">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="709" w:firstLine="709"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
-                              <w:t xml:space="preserve">           </w:t>
+                              <w:t xml:space="preserve">               </w:t>
                             </w:r>
-                            <w:r w:rsidR="00B70972">
-[...15 lines deleted...]
-                            <w:r w:rsidR="00987019" w:rsidRPr="007378B3">
+                            <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
-                              <w:t>Revue semestrielle de la Société des Sciences de la San</w:t>
-[...29 lines deleted...]
-                              <w:t xml:space="preserve"> </w:t>
+                              <w:t xml:space="preserve">Revue semestrielle de la Société des Sciences de la Santé (SOSSA) </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="441A28F4" w14:textId="77777777" w:rsidR="00987019" w:rsidRPr="007378B3" w:rsidRDefault="00B70972" w:rsidP="00B31E77">
+                          <w:p w14:paraId="441A28F4">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="709" w:firstLine="709"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="007378B3">
+                            <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
-                              <w:t xml:space="preserve">                </w:t>
-[...41 lines deleted...]
-                              <w:t>Burkina Faso</w:t>
+                              <w:t xml:space="preserve">                au Burkina Faso</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3AA1F1F5" w14:textId="77777777" w:rsidR="007378B3" w:rsidRDefault="007378B3" w:rsidP="00B31E77">
+                          <w:p w14:paraId="3AA1F1F5">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="709" w:firstLine="709"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
                               <w:t xml:space="preserve">                </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="007378B3">
+                            <w:r>
                               <w:rPr>
+                                <w:rFonts w:hint="default"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
-                              <w:t>https://</w:t>
-[...7 lines deleted...]
-                              <w:t>xxxxxx</w:t>
+                              <w:t>https://burkinamedical.org/bm</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="71CC0B42" w14:textId="77777777" w:rsidR="00B70972" w:rsidRDefault="00B70972" w:rsidP="00B31E77">
+                          <w:p w14:paraId="71CC0B42">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="709" w:firstLine="709"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
-                              <w:t xml:space="preserve">                Reçu le </w:t>
-[...7 lines deleted...]
-                              <w:t>xx /xx/ 20xx</w:t>
+                              <w:t xml:space="preserve">                Reçu le xx /xx/ 20xx</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3BD8D937" w14:textId="77777777" w:rsidR="00B70972" w:rsidRDefault="00B70972" w:rsidP="00B31E77">
+                          <w:p w14:paraId="3BD8D937">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="709" w:firstLine="709"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
-                              <w:t xml:space="preserve">                Accepté le </w:t>
-[...7 lines deleted...]
-                              <w:t>xx /xx/ 20xx</w:t>
+                              <w:t xml:space="preserve">                Accepté le xx /xx/ 20xx</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0911DEBD" w14:textId="77777777" w:rsidR="00B70972" w:rsidRDefault="00B70972" w:rsidP="00B31E77">
+                          <w:p w14:paraId="0911DEBD">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="709" w:firstLine="709"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
-                              <w:t xml:space="preserve">                Publié le </w:t>
-[...7 lines deleted...]
-                              <w:t>xx /xx/ 20xx</w:t>
+                              <w:t xml:space="preserve">                Publié le xx /xx/ 20xx</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0D9A9E47" w14:textId="77777777" w:rsidR="006F72C7" w:rsidRDefault="006F72C7" w:rsidP="00B31E77">
+                          <w:p w14:paraId="0D9A9E47">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="709" w:firstLine="709"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
                               <w:t xml:space="preserve">                Année, vol. 000, N</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="7FB6C44F" w14:textId="77777777" w:rsidR="0046351B" w:rsidRPr="0046351B" w:rsidRDefault="0046351B" w:rsidP="00B31E77">
+                          <w:p w14:paraId="7FB6C44F">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="709" w:firstLine="709"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
                               <w:t xml:space="preserve">                   </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="21960595" w14:textId="77777777" w:rsidR="00987019" w:rsidRDefault="00987019" w:rsidP="00B31E77">
+                          <w:p w14:paraId="21960595">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                               <w:ind w:left="708" w:firstLine="708"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="1360FAC6" w14:textId="77777777" w:rsidR="0046351B" w:rsidRDefault="0046351B" w:rsidP="00B31E77">
+                          <w:p w14:paraId="1360FAC6">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                               <w:ind w:left="708" w:firstLine="708"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="0A814903" w14:textId="77777777" w:rsidR="0046351B" w:rsidRDefault="0046351B" w:rsidP="00B31E77">
+                          <w:p w14:paraId="0A814903">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                               <w:ind w:left="708" w:firstLine="708"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="1CDAABB8" w14:textId="77777777" w:rsidR="0046351B" w:rsidRDefault="0046351B" w:rsidP="00B31E77">
+                          <w:p w14:paraId="1CDAABB8">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                               <w:ind w:left="708" w:firstLine="708"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="0BFA6B18" w14:textId="77777777" w:rsidR="0046351B" w:rsidRDefault="0046351B" w:rsidP="00B31E77">
+                          <w:p w14:paraId="0BFA6B18">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                               <w:ind w:left="708" w:firstLine="708"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="20EB2281" w14:textId="77777777" w:rsidR="00987019" w:rsidRDefault="00987019" w:rsidP="00B31E77">
+                          <w:p w14:paraId="20EB2281">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="77977DD6" w14:textId="77777777" w:rsidR="00987019" w:rsidRPr="00987019" w:rsidRDefault="00987019" w:rsidP="00B31E77">
+                          <w:p w14:paraId="77977DD6">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
-                        <a:prstTxWarp prst="textNoShape">
-[...1 lines deleted...]
-                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="38CF6D82" id="Zone de texte 1652749814" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:5.15pt;margin-top:1.9pt;width:456pt;height:121.8pt;z-index:251660031;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD95ty+QwIAAHAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1r2zAUfR/sPwi9L44z56MhTslaOgah&#10;LbSjsDdFlhODratJSu3s1+9ITtLQ7WnsRb7S/T7nXi+uu6Zmr8q6inTO08GQM6UlFZXe5vz7892n&#10;GWfOC12ImrTK+UE5fr38+GHRmrka0Y7qQlmGINrNW5PznfdmniRO7lQj3ICM0lCWZBvhcbXbpLCi&#10;RfSmTkbD4SRpyRbGklTO4fW2V/JljF+WSvqHsnTKszrnqM3H08ZzE85kuRDzrRVmV8ljGeIfqmhE&#10;pZH0HOpWeMH2tvojVFNJS45KP5DUJFSWlVSxB3STDt9187QTRsVeAI4zZ5jc/wsr718fLasKcDdM&#10;s3Q6y6YpZ1o04OoHGGOFYl51XrF0Mh5Ns6tZmgXQWuPm8H0y8PbdF+oQ4PTu8Biw6ErbhC+6ZNAD&#10;/sMZcoRkEo/j6VUKHjmT0KXjbDKbRFKSN3djnf+qqGFByLkFpxFq8bp2HqXA9GQSsmm6q+o68lpr&#10;1uZ88nk8jA5nDTxqDcfQRF9skHy36XokTo1sqDigP0v92Dgj7yrUsBbOPwqLOUHdmH3/gKOsCbno&#10;KHG2I/vrb+/BHvRBy1mLucu5+7kXVnFWf9Mg9irNsjCo8ZKNpyNc7KVmc6nR++aGMNrgDNVFMdj7&#10;+iSWlpoXrMgqZIVKaIncOfcn8cb324AVk2q1ikYYTSP8Wj8ZGUIHVAPCz92LsOZIQxiKezpNqJi/&#10;Y6O37flY7T2VVaQq4NyjeoQfYx0ZPK5g2JvLe7R6+1EsfwMAAP//AwBQSwMEFAAGAAgAAAAhANrL&#10;eHPeAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyog1ugDXGqKlKFhOih&#10;pZfeNvE2iYjtELtt4OlZTnD8NKP5yZaj7cSZhtB6p+F+koAgV3nTulrD/n19NwcRIjqDnXek4YsC&#10;LPPrqwxT4y9uS+ddrAWHuJCihibGPpUyVA1ZDBPfk2Pt6AeLkXGopRnwwuG2kypJHqXF1nFDgz0V&#10;DVUfu5PV8FqsN7gtlZ1/d8XL23HVf+4PD1rf3oyrZxCRxvhnht/5PB1y3lT6kzNBdMzJlJ0apnyA&#10;5YVSzKUGNXuagcwz+f9A/gMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD95ty+QwIAAHAE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDay3hz3gAA&#10;AAgBAAAPAAAAAAAAAAAAAAAAAJ0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAqAUA&#10;AAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape id="Zone de texte 1652749814" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-left:5.15pt;margin-top:1.9pt;height:121.8pt;width:456pt;z-index:251660288;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJACBJkANcAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVI7KhTt0AJcSoUqUJCdNHSDbtJ7CYR&#10;9jjE7gO+nmEFy6N7dR/F8uydONox9oE0TCcZCEtNMD21GnZvq5sFiJiQDLpAVsOXjbAsLy8KzE04&#10;0cYet6kVHEIxRw1dSkMuZWw66zFOwmCJtX0YPSbGsZVmxBOHeydVlt1Jjz1xQ4eDrTrbfGwPXsNL&#10;tVrjplZ+8e2q59f90/C5e7/V+vpqmj2CSPac/szwO5+nQ8mb6nAgE4Vjzmbs1DDjAyw/KMVca1Dz&#10;+znIspD/D5Q/UEsDBBQAAAAIAIdO4kBXpjy2QQIAAH0EAAAOAAAAZHJzL2Uyb0RvYy54bWytVE1v&#10;2zAMvQ/YfxB0X2xnzkeDOkXWosOAYi2QDQN2U2S5NqCvSUrs7tfvSU7Sotuhh11kSiQfyUfSl1eD&#10;kuQgnO+MrmgxySkRmpu6048V/f7t9sOSEh+Yrpk0WlT0SXh6tX7/7rK3KzE1rZG1cAQg2q96W9E2&#10;BLvKMs9boZifGCs0lI1xigVc3WNWO9YDXclsmufzrDeuts5w4T1eb0YlPSK6twCapum4uDF8r4QO&#10;I6oTkgWU5NvOerpO2TaN4OG+abwIRFYUlYZ0IgjkXTyz9SVbPTpm244fU2BvSeFVTYp1GkHPUDcs&#10;MLJ33V9QquPOeNOECTcqGwtJjKCKIn/FzbZlVqRaQLW3Z9L9/4PlXw8PjnQ1JiEvymKxLBcFJZop&#10;dP4n+k9qQYIYgiDFfDZdlBfLooyk9dav4Lu18A7DJzMA4PTu8Ri5GBqn4hdVEuhB+dOZckASjsfZ&#10;4qLAVFDCoStm5Xw5T03Jnt2t8+GzMIpEoaIOPU1Us8OdD0gFpieTGE2b207K1FepSV/R+cdZnhzO&#10;GnhIDcdYxJhslMKwG46V7Uz9hMKcGefFW37bIfgd8+GBOQwIEsYKhXscjTQIYo4SJa1xv//1Hu3R&#10;N2gp6TFwFfW/9swJSuQXjY5eFGUJ2JAu5WwxxcW91OxeavReXRvMNJqF7JIY7YM8iY0z6gc2bROj&#10;QsU0R+yKhpN4HcY1wKZysdkkI8ykZeFOby2P0COdm30wTZeYjjSN3BzZw1SmBhw3KI79y3uyev5r&#10;rP8AUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY8&#10;0QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy&#10;2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62&#10;tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/Y&#10;KTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dv&#10;uhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFO&#10;wzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrk&#10;Ki+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQ&#10;KQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si47&#10;3FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaO&#10;a9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAA&#10;sQQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAA&#10;AAAAABAAAACTAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAg&#10;AAAAtwMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQ&#10;AAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJACBJkANcAAAAIAQAADwAAAAAAAAABACAAAAAiAAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQFemPLZBAgAAfQQAAA4AAAAAAAAAAQAgAAAA&#10;JgEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAANkFAAAAAA==&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke on="f" weight="0.5pt"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="393BBEF9" w14:textId="77777777" w:rsidR="00B70972" w:rsidRPr="007378B3" w:rsidRDefault="0046351B" w:rsidP="00B31E77">
+                    <w:p w14:paraId="393BBEF9">
                       <w:pPr>
                         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:ind w:left="709" w:firstLine="709"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
-                        <w:t xml:space="preserve">           </w:t>
+                        <w:t xml:space="preserve">               </w:t>
                       </w:r>
-                      <w:r w:rsidR="00B70972">
-[...15 lines deleted...]
-                      <w:r w:rsidR="00987019" w:rsidRPr="007378B3">
+                      <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
-                        <w:t>Revue semestrielle de la Société des Sciences de la San</w:t>
-[...29 lines deleted...]
-                        <w:t xml:space="preserve"> </w:t>
+                        <w:t xml:space="preserve">Revue semestrielle de la Société des Sciences de la Santé (SOSSA) </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="441A28F4" w14:textId="77777777" w:rsidR="00987019" w:rsidRPr="007378B3" w:rsidRDefault="00B70972" w:rsidP="00B31E77">
+                    <w:p w14:paraId="441A28F4">
                       <w:pPr>
                         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:ind w:left="709" w:firstLine="709"/>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="007378B3">
+                      <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
-                        <w:t xml:space="preserve">                </w:t>
-[...41 lines deleted...]
-                        <w:t>Burkina Faso</w:t>
+                        <w:t xml:space="preserve">                au Burkina Faso</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3AA1F1F5" w14:textId="77777777" w:rsidR="007378B3" w:rsidRDefault="007378B3" w:rsidP="00B31E77">
+                    <w:p w14:paraId="3AA1F1F5">
                       <w:pPr>
                         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:ind w:left="709" w:firstLine="709"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
                         <w:t xml:space="preserve">                </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="007378B3">
+                      <w:r>
                         <w:rPr>
+                          <w:rFonts w:hint="default"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
-                        <w:t>https://</w:t>
-[...7 lines deleted...]
-                        <w:t>xxxxxx</w:t>
+                        <w:t>https://burkinamedical.org/bm</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="71CC0B42" w14:textId="77777777" w:rsidR="00B70972" w:rsidRDefault="00B70972" w:rsidP="00B31E77">
+                    <w:p w14:paraId="71CC0B42">
                       <w:pPr>
                         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:ind w:left="709" w:firstLine="709"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
-                        <w:t xml:space="preserve">                Reçu le </w:t>
-[...7 lines deleted...]
-                        <w:t>xx /xx/ 20xx</w:t>
+                        <w:t xml:space="preserve">                Reçu le xx /xx/ 20xx</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3BD8D937" w14:textId="77777777" w:rsidR="00B70972" w:rsidRDefault="00B70972" w:rsidP="00B31E77">
+                    <w:p w14:paraId="3BD8D937">
                       <w:pPr>
                         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:ind w:left="709" w:firstLine="709"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
-                        <w:t xml:space="preserve">                Accepté le </w:t>
-[...7 lines deleted...]
-                        <w:t>xx /xx/ 20xx</w:t>
+                        <w:t xml:space="preserve">                Accepté le xx /xx/ 20xx</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="0911DEBD" w14:textId="77777777" w:rsidR="00B70972" w:rsidRDefault="00B70972" w:rsidP="00B31E77">
+                    <w:p w14:paraId="0911DEBD">
                       <w:pPr>
                         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:ind w:left="709" w:firstLine="709"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
-                        <w:t xml:space="preserve">                Publié le </w:t>
-[...7 lines deleted...]
-                        <w:t>xx /xx/ 20xx</w:t>
+                        <w:t xml:space="preserve">                Publié le xx /xx/ 20xx</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="0D9A9E47" w14:textId="77777777" w:rsidR="006F72C7" w:rsidRDefault="006F72C7" w:rsidP="00B31E77">
+                    <w:p w14:paraId="0D9A9E47">
                       <w:pPr>
                         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:ind w:left="709" w:firstLine="709"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
                         <w:t xml:space="preserve">                Année, vol. 000, N</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="7FB6C44F" w14:textId="77777777" w:rsidR="0046351B" w:rsidRPr="0046351B" w:rsidRDefault="0046351B" w:rsidP="00B31E77">
+                    <w:p w14:paraId="7FB6C44F">
                       <w:pPr>
                         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:ind w:left="709" w:firstLine="709"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
                         <w:t xml:space="preserve">                   </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="21960595" w14:textId="77777777" w:rsidR="00987019" w:rsidRDefault="00987019" w:rsidP="00B31E77">
+                    <w:p w14:paraId="21960595">
                       <w:pPr>
                         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                         <w:ind w:left="708" w:firstLine="708"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="1360FAC6" w14:textId="77777777" w:rsidR="0046351B" w:rsidRDefault="0046351B" w:rsidP="00B31E77">
+                    <w:p w14:paraId="1360FAC6">
                       <w:pPr>
                         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                         <w:ind w:left="708" w:firstLine="708"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="0A814903" w14:textId="77777777" w:rsidR="0046351B" w:rsidRDefault="0046351B" w:rsidP="00B31E77">
+                    <w:p w14:paraId="0A814903">
                       <w:pPr>
                         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                         <w:ind w:left="708" w:firstLine="708"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="1CDAABB8" w14:textId="77777777" w:rsidR="0046351B" w:rsidRDefault="0046351B" w:rsidP="00B31E77">
+                    <w:p w14:paraId="1CDAABB8">
                       <w:pPr>
                         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                         <w:ind w:left="708" w:firstLine="708"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="0BFA6B18" w14:textId="77777777" w:rsidR="0046351B" w:rsidRDefault="0046351B" w:rsidP="00B31E77">
+                    <w:p w14:paraId="0BFA6B18">
                       <w:pPr>
                         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                         <w:ind w:left="708" w:firstLine="708"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="20EB2281" w14:textId="77777777" w:rsidR="00987019" w:rsidRDefault="00987019" w:rsidP="00B31E77">
+                    <w:p w14:paraId="20EB2281">
                       <w:pPr>
                         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="77977DD6" w14:textId="77777777" w:rsidR="00987019" w:rsidRPr="00987019" w:rsidRDefault="00987019" w:rsidP="00B31E77">
+                    <w:p w14:paraId="77977DD6">
                       <w:pPr>
                         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A3B22DE" wp14:editId="0E754F75">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" hidden="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1905</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>49530</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5783580" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1552608988" name="Connecteur droit 690581582" hidden="1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="5783580" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+          <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="45AA730E" id="Connecteur droit 690581582" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251660288;visibility:hidden;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from=".15pt,3.9pt" to="455.55pt,3.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABqc5epgEAAJIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815JdJDUEyzkkaC9F&#10;EqRJ7wy1tIiSXIJkLPnvs6Rspegjh6AXgo+Z2Z3d5eZytIbtIUSNruXLRc0ZOImddruWPz58+bjm&#10;LCbhOmHQQcsPEPnl9sPZZvANrLBH00FgJOJiM/iW9yn5pqqi7MGKuEAPjh4VBisSHcOu6oIYSN2a&#10;alXXF9WAofMBJcRIt9fTI98WfaVAplulIiRmWk65pbKGsj7ltdpuRLMLwvdaHtMQ78jCCu0o6Cx1&#10;LZJgz0H/IWW1DBhRpYVEW6FSWkLxQG6W9W9uvvfCQ/FCxYl+LlP8f7LyZn/l7gKVYfCxif4uZBej&#10;CpYpo/0P6mnxRZmysZTtMJcNxsQkXZ5/Xn86X1N15emtmiSylA8xfQW0LG9abrTLjkQj9t9iorAE&#10;PUHo8JpE2aWDgQw27h4U0x0FWxV2mQ+4MoHtBXW2+7nMnSStgswUpY2ZSfXbpCM206DMzEyczP8z&#10;2owuEdGlmWi1w/C3qGk8paom/Mn15DXbfsLuUFpSykGNL86OQ5on69dzob9+pe0LAAAA//8DAFBL&#10;AwQUAAYACAAAACEAD3l90toAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyOTU/DMBBE70j8B2uR&#10;uFHHIPER4lQVAgkuSLQ5wM21t0mUeB3FThv661m4lONoRm9esZx9L/Y4xjaQBrXIQCDZ4FqqNVSb&#10;l6t7EDEZcqYPhBq+McKyPD8rTO7CgT5wv061YAjF3GhoUhpyKaNt0Ju4CAMSd7swepM4jrV0ozkw&#10;3PfyOstupTct8UNjBnxq0HbryWu424yvX6tpd3y39lhV6rPr3qZnrS8v5tUjiIRzOo3hV5/VoWSn&#10;bZjIRdFruOEdk1ifywelFIjtX5ZlIf/Llz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;AanOXqYBAACSAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAD3l90toAAAAEAQAADwAAAAAAAAAAAAAAAAAABAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAAcFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight="1pt">
-                <v:stroke joinstyle="miter"/>
+              <v:line id="Connecteur droit 690581582" o:spid="_x0000_s1026" o:spt="20" style="position:absolute;left:0pt;flip:y;margin-left:0.15pt;margin-top:3.9pt;height:0pt;width:455.4pt;visibility:hidden;z-index:251661312;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAFOQoMNIAAAAE&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Oy07DMBBF90j8gzVI7KhjiniETLoAISFRibYgwdKNp3FE&#10;PI5i9/X3DGxgeXWvzj3V7BB6taMxdZERzKQARdxE13GL8P72dHELKmXLzvaRCeFICWb16UllSxf3&#10;vKTdKrdKIJxKi+BzHkqtU+Mp2DSJA7F0mzgGmyWOrXaj3Qs89PqyKK51sB3Lg7cDPXhqvlbbgPBo&#10;aB6fw8t880HHbrGcfvqr14h4fmaKe1CZDvlvDD/6og61OK3jll1SPcJUdgg3oi/lnTEG1Po367rS&#10;/+Xrb1BLAwQUAAAACACHTuJAK0M5jesBAADZAwAADgAAAGRycy9lMm9Eb2MueG1srVO5jtswEO0D&#10;5B8I9rFkB/JqBctb2Ng0QWIgR0/zkAjwAoe27L/PkPIe2TRbRIUwnOMN35vh5uFiDTnLCNq7ni4X&#10;NSXScS+0G3r66+fjp5YSSMwJZryTPb1KoA/bjx82U+jkyo/eCBkJgjjoptDTMaXQVRXwUVoGCx+k&#10;w6Dy0bKExzhUIrIJ0a2pVnW9riYfRYieSwD07ucgvSHG9wB6pTSXe89PVro0o0ZpWEJKMOoAdFtu&#10;q5Tk6btSIBMxPUWmqfyxCdrH/K+2G9YNkYVR89sV2Huu8IaTZdph02eoPUuMnKL+B8pqHj14lRbc&#10;22omUhRBFsv6jTY/RhZk4YJSQ3gWHf4fLP92PkSiBW5C06zWdXvf4vwdszj5nXcOBZSnSET0OpH1&#10;fd20y6ZdUTJqIWTen6zgFKBDoJ07xNsJwiFmOS4qWqKMDr9zavYgZXIp+l+f9ZeXRDg6m7v2c9Pi&#10;aPhTrJohcmGIkL5Ib0k2emq0y9Kwjp2/QsK2mPqUkt3OP2pjyniNIxO2X93VGZrhzircFTRtQN7g&#10;BkqYGZAMT7FAgjda5PIMBHE47kwkZ5ZXqHyZM7b7Ky333jMY57wSmpfL6oTvxWjb0/Z1tXEIkpWb&#10;tcrW0YtrkbD4ceKlzW0780q9Ppfqlxe5/QNQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABf&#10;cmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9&#10;g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD&#10;75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qA&#10;euj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdq&#10;Wdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhv&#10;j5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxS&#10;mriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi&#10;6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KA&#10;U/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfubl&#10;IPcAAADhAQAAEwAAAAAAAAABACAAAABWBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAADgDAABfcmVscy9QSwECFAAUAAAACACHTuJA&#10;ihRmPNEAAACUAQAACwAAAAAAAAABACAAAABcAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJA&#10;AAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kAU5Cgw0gAA&#10;AAQBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAK0M5&#10;jesBAADZAwAADgAAAAAAAAABACAAAAAhAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAA&#10;fgUAAAAA&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5846BBFA" wp14:editId="6D63E3ED">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-17145</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>49530</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1504950" cy="1346200"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="25400"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1573494251" name="Zone de texte 1809393931"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1504950" cy="1346200"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2825CC22" w14:textId="77777777" w:rsidR="0046351B" w:rsidRPr="0046351B" w:rsidRDefault="00000000" w:rsidP="0046351B">
+                          <w:p w14:paraId="2825CC22">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="330" w:lineRule="atLeast"/>
                               <w:outlineLvl w:val="1"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
+                                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="4007A2"/>
                                 <w:kern w:val="0"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:eastAsia="fr-FR"/>
                                 <w14:ligatures w14:val="none"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
-[...15 lines deleted...]
-                            <w:r w:rsidR="0046351B" w:rsidRPr="0046351B">
+                            <w:r>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r>
+                              <w:instrText xml:space="preserve"> HYPERLINK "https://www.bing.com/ck/a?!&amp;&amp;p=0744d1a7f88ca0e255d064b8ffc8c0e1f4e256bc3f73e1b889090817e3a4bb20JmltdHM9MTc2MTA5MTIwMA&amp;ptn=3&amp;ver=2&amp;hsh=4&amp;fclid=044377fa-5435-6b01-32a3-648d55466ac3&amp;psq=Revue+Burkina+m%c3%a9dical&amp;u=a1aHR0cHM6Ly9wb3J0YWwuaXNzbi5vcmcvcmVzb3VyY2UvSVNTTi8yNDI0LTc1MDI_bGFuZ3VhZ2U9ZnI&amp;ntb=1" \t "_blank" </w:instrText>
+                            </w:r>
+                            <w:r>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:r>
                               <w:rPr>
-                                <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
+                                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="4007A2"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                                <w:lang w:eastAsia="fr-FR"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t>ISSN 2424-7502</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="4007A2"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                                <w:lang w:eastAsia="fr-FR"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="4007A2"/>
                                 <w:kern w:val="0"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:eastAsia="fr-FR"/>
                                 <w14:ligatures w14:val="none"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> (Papier)</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="38B7C30A" w14:textId="7790EF8C" w:rsidR="0046351B" w:rsidRDefault="0046351B"/>
+                          <w:p w14:paraId="38B7C30A"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
-                        <a:prstTxWarp prst="textNoShape">
-[...1 lines deleted...]
-                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5846BBFA" id="Zone de texte 1809393931" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-1.35pt;margin-top:3.9pt;width:118.5pt;height:106pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhOKjIYAIAAMAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2jAQfp+0/2D5fQ2B0BbUULFWnSZV&#10;bSU6VdqbcZwSzfF5toF0v36fHaCs3dM0IZmz7/z57rvvcnHZtZptlPMNmZLnJwPOlJFUNea55N8e&#10;bz6dc+aDMJXQZFTJX5Tnl7OPHy62dqqGtCJdKccAYvx0a0u+CsFOs8zLlWqFPyGrDJw1uVYEbN1z&#10;VjmxBXqrs+FgcJptyVXWkVTe4/S6d/JZwq9rJcN9XXsVmC45cgtpdWldxjWbXYjpsxN21chdGuIf&#10;smhFY/DoAepaBMHWrnkH1TbSkac6nEhqM6rrRqpUA6rJB2+qWayEVakWkOPtgSb//2Dl3ebBsaZC&#10;78Zno2JSDMc5Z0a06NV3dIxVigXVBcXy88FkFH95JG1r/RR3Fxa3Q/eZOgDszz0OIxdd7dr4jyoZ&#10;/KD/5UA5IJmMl8aDYjKGS8KXj4pTNDXiZK/XrfPhi6KWRaPkDj1NVIvNrQ996D4kvuZJN9VNo3Xa&#10;RB2pK+3YRkABOqQkAf5HlDZsW/LTEfJ4hxChD/eXWsgfu/SOEICnDXKOpPTFRyt0yy4xO9wTs6Tq&#10;BXw56mXorbxpAH8rfHgQDroDD5ilcI+l1oScaGdxtiL362/nMR5ygJezLXRccv9zLZziTH81EMok&#10;L4oo/LQpxmdDbNyxZ3nsMev2ikAUNIDskhnjg96btaP2CSM3j6/CJYzE2yUPe/Mq9NOFkZVqPk9B&#10;kLoV4dYsrIzQkeNI62P3JJzdtTWK7I72ihfTN93tY+NNQ/N1oLpJrY8896zu6MeYJPHsRjrO4fE+&#10;Rb1+eGa/AQAA//8DAFBLAwQUAAYACAAAACEAGbjRo90AAAAIAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j8g7VI3FqnKaJpGqcCVLhwoiDObry1rcZ2ZLtp+HuWE73taEazb5rt5Ho2Ykw2&#10;eAGLeQEMfReU9VrA1+frrAKWsvRK9sGjgB9MsG1vbxpZq3DxHzjus2ZU4lMtBZich5rz1Bl0Ms3D&#10;gJ68Y4hOZpJRcxXlhcpdz8uieOROWk8fjBzwxWB32p+dgN2zXuuuktHsKmXtOH0f3/WbEPd309MG&#10;WMYp/4fhD5/QoSWmQzh7lVgvYFauKClgRQPILpcPS2AHOhbrCnjb8OsB7S8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAITioyGACAADABAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAGbjRo90AAAAIAQAADwAAAAAAAAAAAAAAAAC6BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMQFAAAAAA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape id="Zone de texte 1809393931" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-left:-1.35pt;margin-top:3.9pt;height:106pt;width:118.5pt;z-index:251663360;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJASiKn9NYAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PzU7DMBCE70i8g7VI3FrnB7UljVMJJCTEjTYXbm68TaLa&#10;68h2m/L2LCe47WhGs9/Uu5uz4oohjp4U5MsMBFLnzUi9gvbwttiAiEmT0dYTKvjGCLvm/q7WlfEz&#10;feJ1n3rBJRQrrWBIaaqkjN2ATseln5DYO/ngdGIZemmCnrncWVlk2Uo6PRJ/GPSErwN25/3FKXhf&#10;vaQvbM2HKYvSz63swslGpR4f8mwLIuEt/YXhF5/RoWGmo7+QicIqWBRrTipY8wC2i/KpBHHkI3/e&#10;gGxq+X9A8wNQSwMEFAAAAAgAh07iQOYw/WBZAgAAzgQAAA4AAABkcnMvZTJvRG9jLnhtbK1UUW/a&#10;MBB+n7T/YPl9DYHQFtRQMRDTpGqtxKZJezOOQ6I5tmcbku7X77MTaNfuoQ8Dydz5zt/dfXfHzW3X&#10;SHIU1tVa5TS9GFEiFNdFrfY5/fZ18+GaEueZKpjUSuT0UTh6u3j/7qY1czHWlZaFsAQgys1bk9PK&#10;ezNPEscr0TB3oY1QMJbaNsxDtfuksKwFeiOT8Wh0mbTaFsZqLpzD7bo30gHRvgVQl2XNxVrzQyOU&#10;71GtkMyjJFfVxtFFzLYsBff3ZemEJzKnqNTHE0Eg78KZLG7YfG+ZqWo+pMDeksKLmhpWKwQ9Q62Z&#10;Z+Rg61dQTc2tdrr0F1w3SV9IZARVpKMX3GwrZkSsBVQ7cybd/T9Y/uX4YEldYBKmV5Nslo2nKSWK&#10;Nej8D/SfFIJ40XlB0uvRbBK+aSCtNW6Ot1uD1777qDsAnO4dLgMXXWmb8IsqCeyg/PFMOSAJD4+m&#10;o2w2hYnDlk6yS4xIwEmenhvr/CehGxKEnFr0NFLNjnfO964nlxDNaVkXm1rKqNj9biUtOTL0fxM/&#10;A/pfblKRNqeXEyTyCiJgnyF2kvGfrxGQrVRIOrDSVx8k3+26gaqdLh7BlNX9ADrDNzVw75jzD8xi&#10;4sAAdtLf4yilRjJ6kCiptP39r/vgj0GAlZIWE5xT9+vArKBEflYYkVmaZYD1UcmmV2Mo9rll99yi&#10;Ds1KgyR0H9lFMfh7eRJLq5vvWN1liAoTUxyxc+pP4sr3e4XV52K5jE4YcsP8ndoaHqADuUovD16X&#10;dWxdoKnnZmAPYx6bP6xk2KPnevR6+hta/AFQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABf&#10;cmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9&#10;g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD&#10;75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qA&#10;euj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdq&#10;Wdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhv&#10;j5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxS&#10;mriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi&#10;6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KA&#10;U/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfubl&#10;IPcAAADhAQAAEwAAAAAAAAABACAAAADIBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAKoDAABfcmVscy9QSwECFAAUAAAACACHTuJA&#10;ihRmPNEAAACUAQAACwAAAAAAAAABACAAAADOAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJA&#10;AAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kBKIqf01gAA&#10;AAgBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJA5jD9&#10;YFkCAADOBAAADgAAAAAAAAABACAAAAAlAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAA&#10;8AUAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="2825CC22" w14:textId="77777777" w:rsidR="0046351B" w:rsidRPr="0046351B" w:rsidRDefault="001A4DF0" w:rsidP="0046351B">
+                    <w:p w14:paraId="2825CC22">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="330" w:lineRule="atLeast"/>
                         <w:outlineLvl w:val="1"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
+                          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="4007A2"/>
                           <w:kern w:val="0"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:eastAsia="fr-FR"/>
                           <w14:ligatures w14:val="none"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
-[...15 lines deleted...]
-                      <w:r w:rsidR="0046351B" w:rsidRPr="0046351B">
+                      <w:r>
+                        <w:fldChar w:fldCharType="begin"/>
+                      </w:r>
+                      <w:r>
+                        <w:instrText xml:space="preserve"> HYPERLINK "https://www.bing.com/ck/a?!&amp;&amp;p=0744d1a7f88ca0e255d064b8ffc8c0e1f4e256bc3f73e1b889090817e3a4bb20JmltdHM9MTc2MTA5MTIwMA&amp;ptn=3&amp;ver=2&amp;hsh=4&amp;fclid=044377fa-5435-6b01-32a3-648d55466ac3&amp;psq=Revue+Burkina+m%c3%a9dical&amp;u=a1aHR0cHM6Ly9wb3J0YWwuaXNzbi5vcmcvcmVzb3VyY2UvSVNTTi8yNDI0LTc1MDI_bGFuZ3VhZ2U9ZnI&amp;ntb=1" \t "_blank" </w:instrText>
+                      </w:r>
+                      <w:r>
+                        <w:fldChar w:fldCharType="separate"/>
+                      </w:r>
+                      <w:r>
                         <w:rPr>
-                          <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
+                          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="4007A2"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                          <w:lang w:eastAsia="fr-FR"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t>ISSN 2424-7502</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="4007A2"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                          <w:lang w:eastAsia="fr-FR"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="end"/>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="4007A2"/>
                           <w:kern w:val="0"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:eastAsia="fr-FR"/>
                           <w14:ligatures w14:val="none"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> (Papier)</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="38B7C30A" w14:textId="7790EF8C" w:rsidR="0046351B" w:rsidRDefault="0046351B"/>
+                    <w:p w14:paraId="38B7C30A"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EA77CA8" wp14:editId="2C2BF216">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" hidden="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5780405</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>36830</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="12700" cy="1365250"/>
                 <wp:effectExtent l="0" t="0" r="25400" b="25400"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2040326127" name="Connecteur droit 5" hidden="1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="12700" cy="1365250"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+          <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="1122686C" id="Connecteur droit 5" o:spid="_x0000_s1026" style="position:absolute;z-index:251663360;visibility:hidden;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="455.15pt,2.9pt" to="456.15pt,110.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDwX/HfnQEAAIwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvQfIPxC8x5JcZIFgOYcEzaVo&#10;gywfwFBDiyg3kKwl/32HY1sO0qIoil4oLu/NzHszWt1O1rAtxKS963izqDkDJ32v3abjry+fL244&#10;S1m4XhjvoOM7SPx2fX62GkMLSz9400NkGMSldgwdH3IObVUlOYAVaeEDOHxUPlqR8Rg3VR/FiNGt&#10;qZZ1fVWNPvYhegkp4e39/pGvKb5SIPM3pRJkZjqOtWVaI61vZa3WK9FuogiDlocyxD9UYYV2mHQO&#10;dS+yYD+i/iWU1TL65FVeSG8rr5SWQBpQTVN/UPM8iACkBc1JYbYp/b+w8uv2zj1GtGEMqU3hMRYV&#10;k4q2fLE+NpFZu9ksmDKTeNksr2t0VOJL8+nqcnlJZlYncogpP4C3rGw6brQrWkQrtl9SxoQIPULw&#10;cEpPu7wzUMDGPYFiui8JiU2TAXcmsq3Anvbfm9JDjEXIQlHamJlU/5l0wBYa0LT8LXFGU0bv8ky0&#10;2vn4u6x5Opaq9vij6r3WIvvN9ztqBtmBLSdlh/EsM/X+TPTTT7T+CQAA//8DAFBLAwQUAAYACAAA&#10;ACEAdv1OK90AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwWrDMBBE74X8g9hCb41klxrHsRxC&#10;oIVCL3XyAYqk2KbWyrEUx/77bk/tcZhh5k25m13PJjuGzqOEZC2AWdTedNhIOB3fnnNgISo0qvdo&#10;JSw2wK5aPZSqMP6OX3aqY8OoBEOhJLQxDgXnQbfWqbD2g0XyLn50KpIcG25Gdady1/NUiIw71SEt&#10;tGqwh9bq7/rmJGT15UO/Hz+dOl2xmfSy5Nn1IOXT47zfAot2jn9h+MUndKiI6exvaALrJWwS8UJR&#10;Ca/0gPxNkpI+S0hTkQOvSv7/QfUDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8F/x350B&#10;AACMAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAdv1O&#10;K90AAAAJAQAADwAAAAAAAAAAAAAAAAD3AwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AAEFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight=".5pt">
-                <v:stroke joinstyle="miter"/>
+              <v:line id="Connecteur droit 5" o:spid="_x0000_s1026" o:spt="20" style="position:absolute;left:0pt;margin-left:455.15pt;margin-top:2.9pt;height:107.5pt;width:1pt;visibility:hidden;z-index:251664384;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAd2l2tNYAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PT0+EMBTE7yZ+h+aZeHNbUDfAUjZq9OhB3MR469K3QKR/&#10;0hZYv73Pkx4nM5n5Tb0/m4ktGOLorIRsI4Ch7ZwebS/h8P5yUwCLSVmtJmdRwjdG2DeXF7WqtFvt&#10;Gy5t6hmV2FgpCUNKvuI8dgMaFTfOoyXv5IJRiWTouQ5qpXIz8VyILTdqtLQwKI9PA3Zf7WxopHhe&#10;59fHuxSWQ+vL9eFz2X54Ka+vMrEDlvCc/sLwi0/o0BDT0c1WRzZJKDNxS1EJ9/SA/DLLSR8l5Lko&#10;gDc1//+g+QFQSwMEFAAAAAgAh07iQPrN/mTiAQAAygMAAA4AAABkcnMvZTJvRG9jLnhtbK1Ty47b&#10;MAy8F+g/CLo3dpwmXQRx9pBgeynaAG0/QJFkW4BeIJU4+ftScpp99LKH+iBTFDnUDKnN48VZdtaA&#10;JviWz2c1Z9rLoIzvW/7719OnB84wCa+EDV63/KqRP24/ftiMca2bMASrNDAC8bgeY8uHlOK6qlAO&#10;2gmchag9HXYBnEi0hb5SIEZCd7Zq6npVjQFUhCA1Inn30yG/IcJ7AEPXGan3QZ6c9mlCBW1FIko4&#10;mIh8W27bdVqmH12HOjHbcmKaykpFyD7mtdpuxLoHEQcjb1cQ77nCG05OGE9F71B7kQQ7gfkHyhkJ&#10;AUOXZjK4aiJSFCEW8/qNNj8HEXXhQlJjvIuO/w9Wfj8fgBnV8qb+XC+a1bz5wpkXjjq/C96TgPoE&#10;TEEwiS05G4xSOs9NVm6MuCaAnT/AbYfxAFmGSwcu/4kguxS1r3e19SUxSU6qVFMbJJ3MF6tlsyzd&#10;qJ6TI2D6qoNj2Wi5NT6LIdbi/A0TFaTQvyHZ7cOTsbY01Ho2tny1IEgmBQ1pR8NBpotEFH3PmbA9&#10;sZAJCiIGa1TOzjgI/XFngZ1FnpnyZbJU7VVYLr0XOExx5WiaJmcSPRBrXMsfXmZbTyBZskmkbB2D&#10;uhbtip9aXMrcxjHP0Mt9yX5+gts/UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMv&#10;UEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGa&#10;wxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49ML&#10;KKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fN&#10;vxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9&#10;X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250&#10;ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtE&#10;kVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M&#10;/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMq&#10;Cd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8ls&#10;OXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA&#10;4QEAABMAAAAAAAAAAQAgAAAAUQQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJA&#10;AAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAAAzAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzR&#10;AAAAlAEAAAsAAAAAAAAAAQAgAAAAVwMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAA&#10;AAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAd2l2tNYAAAAJAQAA&#10;DwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQPrN/mTiAQAA&#10;ygMAAA4AAAAAAAAAAQAgAAAAJQEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAHkFAAAA&#10;AA==&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="168D7F60" w14:textId="42340868" w:rsidR="00987019" w:rsidRDefault="007E5CF9">
-[...3 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="168D7F60">
+      <w:r>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3432CA33" wp14:editId="0AE5C87A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>90805</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>233680</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1295400" cy="595630"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="932150604" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="burkinamedicallogo.png"/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="932150604" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1295400" cy="595630"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D5C5599" w14:textId="0AC85365" w:rsidR="00987019" w:rsidRDefault="00987019"/>
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4D5C5599"/>
+    <w:p w14:paraId="6A4CB29C"/>
+    <w:p w14:paraId="1B6CF752">
+      <w:r>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="178BDF53" wp14:editId="62ABB31F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" hidden="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>14605</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>259715</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5775960" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="409668415" name="Connecteur droit 1187167893" hidden="1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5775960" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="3">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="2">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+          <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="5CC06F67" id="Connecteur droit 1187167893" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:hidden;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="1.15pt,20.45pt" to="455.95pt,20.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDlIL/KnAEAAIgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JdJGkFyzkkSC5B&#10;GuTxATS1tIiQXIJkLPnvu6RtuUiLHIpcKD5mZnd2V8vL0Rq2hRA1upbPZzVn4CR22m1a/vJ88+0H&#10;ZzEJ1wmDDlq+g8gvV1+/LAffwAJ7NB0ERiIuNoNveZ+Sb6oqyh6siDP04OhRYbAi0TFsqi6IgdSt&#10;qRZ1fV4NGDofUEKMdHu9f+Sroq8UyPRLqQiJmZZTbqmsoazrvFarpWg2Qfhey0Ma4j+ysEI7CjpJ&#10;XYsk2FvQf0lZLQNGVGkm0VaolJZQPJCbef3OzVMvPBQvVJzopzLFz5OV99sr9xCoDIOPTfQPIbsY&#10;VbD5S/mxsRRrNxULxsQkXZ5dXJz9PKeayuNbdSL6ENMtoGV503KjXfYhGrG9i4mCEfQIocMpdNml&#10;nYEMNu4RFNMdBfte2GUq4MoEthXUz+51nvtHWgWZKUobM5Hqj0kHbKZBmZSJuPiYOKFLRHRpIlrt&#10;MPyLnMZjqmqPP7ree82219jtSiNKOajdxdlhNPM8/Xku9NMPtPoNAAD//wMAUEsDBBQABgAIAAAA&#10;IQDM6Zcc2gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETvSPyDtZW4UTsBIRriVBUC&#10;7i0F1Jsbb5Oo9jrEbhr+nkUc4DY7M5p95XLyTow4xC6QhmyuQCDVwXbUaNi+Pl/fg4jJkDUuEGr4&#10;wgjL6vKiNIUNZ1rjuEmN4BGKhdHQptQXUsa6RW/iPPRInB3C4E3ic2ikHcyZx72TuVJ30puO+ENr&#10;enxssT5uTl4Dfn6MtPMuPfX58WXV7bZv72ul9dVsWj2ASDilvzL84DM6VMy0DyeyUTgN+Q0XNdyq&#10;BQiOF1nGYv9ryKqU//mrbwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDlIL/KnAEAAIgD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDM6Zcc2gAA&#10;AAcBAAAPAAAAAAAAAAAAAAAAAPYDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA/QQA&#10;AAAA&#10;" strokecolor="black [3200]" strokeweight="1.5pt">
-                <v:stroke joinstyle="miter"/>
+              <v:line id="Connecteur droit 1187167893" o:spid="_x0000_s1026" o:spt="20" style="position:absolute;left:0pt;margin-left:1.15pt;margin-top:20.45pt;height:0pt;width:454.8pt;visibility:hidden;z-index:251662336;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAIp/ZxtcAAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2OT0sDMRDF74LfIYzgzSZpVdp1swUFUcGC7raIt3QTN4ub&#10;Sdikf/z2jnjQ25v3Hm9+5fLoB7a3Y+oDKpATAcxiG0yPnYJ1c38xB5ayRqOHgFbBl02wrE5PSl2Y&#10;cMBXu69zx2gEU6EVuJxjwXlqnfU6TUK0SNlHGL3OdI4dN6M+0Lgf+FSIa+51j/TB6WjvnG0/651X&#10;8PQ829Sb1Vty783Dy+PVbWwkRqXOz6S4AZbtMf+V4Qef0KEipm3YoUlsUDCdUVHBpVgAo3ghJYnt&#10;r8Grkv/nr74BUEsDBBQAAAAIAIdO4kAXLZ1d5gEAAM8DAAAOAAAAZHJzL2Uyb0RvYy54bWytU8mO&#10;2zAMvRfoPwi6N7ank82IM4cE00vRBuj0AxRZtgVoA6nEyd+XkjNLp5c51AeZosRHvkdq83Cxhp0V&#10;oPau4dWs5Ew56Vvt+ob/fnr8suIMo3CtMN6phl8V8oft50+bMdTqzg/etAoYgTisx9DwIcZQFwXK&#10;QVmBMx+Uo8POgxWRttAXLYiR0K0p7spyUYwe2gBeKkTy7qdDfkOEjwD6rtNS7b08WeXihArKiEiU&#10;cNAB+TZX23VKxp9dhyoy03BiGvNKScg+prXYbkTdgwiDlrcSxEdKeMfJCu0o6QvUXkTBTqD/gbJa&#10;gkffxZn0tpiIZEWIRVW+0+bXIILKXEhqDC+i4/+DlT/OB2C6bfh9uV4sVvfVnDMnLDV+550j/dQJ&#10;WAteR1ZVq2W1WK7WXzkbdNuqND9JwTFgTUA7d4DbDsMBkhyXDmz6E1F2yapfX1RXl8gkOefL5Xy9&#10;oIbI57PiNTAAxm/KW5aMhhvtkiCiFufvGCkZXX2+ktzOP2pjclONYyPVty7nCVrQpHY0IWTaQGzR&#10;9ZwJ0xMFGSFDoje6TeEJCKE/7gyws0iDk7/ElNL9dS3l3gscpnv5aBopqyO9EqNtw1dvo40jkKTX&#10;pFCyjr69ZuGyn/qc09xmMg3S232Ofn2H2z9QSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABf&#10;cmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9&#10;g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD&#10;75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qA&#10;euj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdq&#10;Wdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhv&#10;j5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxS&#10;mriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi&#10;6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KA&#10;U/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfubl&#10;IPcAAADhAQAAEwAAAAAAAAABACAAAABWBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAADgDAABfcmVscy9QSwECFAAUAAAACACHTuJA&#10;ihRmPNEAAACUAQAACwAAAAAAAAABACAAAABcAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJA&#10;AAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kAin9nG1wAA&#10;AAcBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAFy2d&#10;XeYBAADPAwAADgAAAAAAAAABACAAAAAmAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAA&#10;fgUAAAAA&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="1.5pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E58C6CD" w14:textId="55B999B9" w:rsidR="0046351B" w:rsidRDefault="0046351B"/>
-    <w:p w14:paraId="5D884554" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
+    <w:p w14:paraId="3E58C6CD"/>
+    <w:p w14:paraId="5D884554">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Trame générale dans laquelle vous pouvez </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">insérer votre texte </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">pour la </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>recherche originale</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> et les </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>synthèses des connaissances</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-    <w:p w14:paraId="4FD895C7" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
+        <w:br w:type="textWrapping"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FD895C7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D2A82">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Titre de l’article (</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>15 mots au maximum)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42F6CC75" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...210 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="20F6366F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk160697372"/>
-      <w:r w:rsidRPr="006D2A82">
-[...51 lines deleted...]
-    <w:p w14:paraId="43601176" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
+    </w:p>
+    <w:p w14:paraId="20930629">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="43601176">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Résumé</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="578AA90B" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+    <w:p w14:paraId="578AA90B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Résumé</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> :   </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>250 mots maximum</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="7D83E847" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
+    <w:p w14:paraId="7D83E847">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Introduction : </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>VOTRE TEXTE</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Méthodes : </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>VOTRE TEXTE</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Résultats : </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>VOTRE TEXTE</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Conclusion : </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>VOTRE TEXTE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4872F177" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...9 lines deleted...]
-        <w:br/>
+    <w:p w14:paraId="4872F177">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk160697385"/>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Mots-cl</w:t>
+        <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>é</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+        <w:t xml:space="preserve">Mots-clés </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 mots minimum, 5 maximum</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">mot1, mot2, mot3  </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="7CA63DDD" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...13 lines deleted...]
-    <w:p w14:paraId="70BAEE88" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="00C04682" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
+    <w:p w14:paraId="7CA63DDD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10A04D1C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70BAEE88">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C04682">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E5DBC8F" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="00C04682" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
+    <w:p w14:paraId="4E5DBC8F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C04682">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C04682">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t> :</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00C04682">
+        <w:t xml:space="preserve"> :   </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>250 words maximum</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D179C2D" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
+    <w:p w14:paraId="7D179C2D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Introduction :</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+        <w:t xml:space="preserve">Introduction : </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>YOUR TEXT</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Methods : </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>YOUR TEXT</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Results : </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>YOUR TEXT</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Conclusion : </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>YOUR TEXT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DCF6F93" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
+    <w:p w14:paraId="0DCF6F93">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Keywords </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 to 5 maximum</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">word1, word2, word3  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69F80C61" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
+    <w:p w14:paraId="69F80C61">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BFFC4FF" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
+    <w:p w14:paraId="6BFFC4FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E3549B8" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
+    <w:p w14:paraId="4E3549B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D5A0503" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
+    <w:p w14:paraId="6D5A0503">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="317F36E2" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
+    <w:p w14:paraId="317F36E2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78693A10" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
+    <w:p w14:paraId="78693A10">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77E58054" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
+    <w:p w14:paraId="77E58054">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A7914EC" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...11 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="3A7914EC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="522465B2" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+    <w:p w14:paraId="522465B2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>TEXTE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="595E2DD6" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+    <w:p w14:paraId="595E2DD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Matériels et méthodes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D115239" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+    <w:p w14:paraId="0D115239">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>TEXTE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C8C0243" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+    <w:p w14:paraId="6C8C0243">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Résultats</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="523FAEF6" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+    <w:p w14:paraId="523FAEF6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>TEXTE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7027FF7C" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+    <w:p w14:paraId="7027FF7C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Tableaux</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49813C5F" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+    <w:p w14:paraId="49813C5F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Figures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DF5D9F5" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+    <w:p w14:paraId="7DF5D9F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Images</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BB776DA" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+    <w:p w14:paraId="5BB776DA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Discussion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="285763EF" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+    <w:p w14:paraId="285763EF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>TEXTE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BA1A064" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+    <w:p w14:paraId="3BA1A064">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Conclusion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4292EAA1" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+    <w:p w14:paraId="4292EAA1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>TEXTE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="193FF536" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+    <w:p w14:paraId="193FF536">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Remerciements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45AEE079" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+    <w:p w14:paraId="45AEE079">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>TEXTE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60E66336" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+    <w:p w14:paraId="60E66336">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Conflits d’intérêts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="017905FB" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+    <w:p w14:paraId="017905FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>TEXTE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AE72F39" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+    <w:p w14:paraId="1AE72F39">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Contributions des auteurs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="320B6AA9" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+    <w:p w14:paraId="320B6AA9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>TEXTE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B07A946" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="00AF0A03" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
+    <w:p w14:paraId="7B07A946">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D2A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Références </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF0A03">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>(10 à 30 au maximum)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FF5DCBF" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...1 lines deleted...]
-        <w:pStyle w:val="Paragraphedeliste"/>
+    <w:p w14:paraId="6FF5DCBF">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="x-none"/>
-[...38 lines deleted...]
-          <w:lang w:val="x-none"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Oberlin P, Mouquet MC. La longue diminution des appendicectomies en France. Études et résultats, Drees. 2014;868. [Visité le 13/12/ 2017]. En ligne : </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://drees.solidarites-sante.gouv.fr/IMG/pdf/er868.pdf" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>http://drees.solidarites-sante.gouv.fr/IMG/pdf/er868.pdf</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46228CCA" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="00BE50BC" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...1 lines deleted...]
-        <w:pStyle w:val="Paragraphedeliste"/>
+    <w:p w14:paraId="46228CCA">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="x-none"/>
-[...140 lines deleted...]
-        <w:pStyle w:val="Paragraphedeliste"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Diallo I, Sarigda M, Diendere EA, Sawadogo A, Ouedraogo AGA, Zoungrana J et al. Access to plasma viral load in people living with HIV under treatment in Ouagadougou and Bobo Dioulasso, Burkina Faso. IJID Reg. 2024;12(14):100517. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="367FEF89">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="x-none"/>
-[...44 lines deleted...]
-        <w:pStyle w:val="Paragraphedeliste"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t>Duchêne A, Marty M. Épidémiologie de l’appendicectomie en France. E-Mém L’Académie Natl Chir. 2012;11(4):095-9.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65151F8D">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="x-none"/>
-[...5 lines deleted...]
-          <w:lang w:val="x-none"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="zh-CN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76685AAE" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+    <w:p w14:paraId="76685AAE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Annexes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C6BCC16" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006D2A82">
+    <w:p w14:paraId="1C6BCC16">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>INSERER</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E8119AB" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
+    <w:p w14:paraId="6E8119AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Ceci est un article en accès libre sous la licence the Créative Commons Attribution License (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId11">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://creativecommons.org/licenses/by/4.0" \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1155CC"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>http://creativecommons.org/licenses/by/4.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1155CC"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69C29F5E" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
+    <w:p w14:paraId="69C29F5E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
         <w:t>Note de l'éditeur</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A68C8DD" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRPr="006D2A82" w:rsidRDefault="000C4D70" w:rsidP="000C4D70">
+    <w:p w14:paraId="6A68C8DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId13"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>La Société des Sciences de la Santé reste neutre en ce qui concerne les revendications juridictionnelles dans les publications des cartes et affiliations institutionnelles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50EEBFD1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr>
+      <w:headerReference r:id="rId5" w:type="default"/>
+      <w:footerReference r:id="rId6" w:type="default"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
-      <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:cols w:space="708" w:num="1"/>
+      <w:docGrid w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationSeparator" w:id="0">
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="宋体">
+    <w:altName w:val="SimSun"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="黑体">
+    <w:altName w:val="SimSun"/>
+    <w:panose1 w:val="02010609060101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:altName w:val="Arial"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
-[...7 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-315495487"/>
       <w:docPartObj>
-        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
-        <w:docPartUnique/>
+        <w:docPartGallery w:val="AutoText"/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="754523A2" w14:textId="396BC60B" w:rsidR="000C4D70" w:rsidRDefault="000C4D70">
+      <w:p w14:paraId="754523A2">
         <w:pPr>
-          <w:pStyle w:val="Pieddepage"/>
+          <w:pStyle w:val="5"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+          <w:instrText xml:space="preserve">PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="617C5A57" w14:textId="77777777" w:rsidR="000C4D70" w:rsidRDefault="000C4D70">
+  <w:p w14:paraId="617C5A57">
     <w:pPr>
-      <w:pStyle w:val="Pieddepage"/>
+      <w:pStyle w:val="5"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="0">
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
+      <w:tblStyle w:val="7"/>
       <w:tblW w:w="0" w:type="auto"/>
-      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblLayout w:type="autofit"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00574069" w14:paraId="190FED60" w14:textId="77777777">
+    <w:tr w14:paraId="190FED60">
+      <w:tblPrEx>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4536" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="6007D74A" w14:textId="444252C5" w:rsidR="00574069" w:rsidRDefault="00136AE3">
+        <w:p w14:paraId="6007D74A">
           <w:r>
-            <w:rPr>
-[...1 lines deleted...]
-            </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11AA3925" wp14:editId="4DDC839E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-68580</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1295400" cy="595630"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTight wrapText="bothSides">
-                  <wp:wrapPolygon edited="0">
+                  <wp:wrapPolygon>
                     <wp:start x="0" y="0"/>
                     <wp:lineTo x="0" y="20725"/>
                     <wp:lineTo x="21282" y="20725"/>
                     <wp:lineTo x="21282" y="0"/>
                     <wp:lineTo x="0" y="0"/>
                   </wp:wrapPolygon>
                 </wp:wrapTight>
                 <wp:docPr id="1" name="Picture 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="burkinamedicallogo.png"/>
-                        <pic:cNvPicPr/>
+                        <pic:cNvPr id="1" name="Picture 1"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1"/>
+                        </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1295400" cy="595630"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4536" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="27DB09B3" w14:textId="1FE2A13B" w:rsidR="00574069" w:rsidRDefault="000C57A5">
+        <w:p w14:paraId="27DB09B3">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:color w:val="0B579B"/>
               <w:sz w:val="36"/>
             </w:rPr>
             <w:t xml:space="preserve">                  BURKINA </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:color w:val="1F8E3B"/>
               <w:sz w:val="36"/>
             </w:rPr>
             <w:t>MÉDICAL</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="3B0B88BD" w14:textId="1F02AA0C" w:rsidR="00574069" w:rsidRDefault="00574069">
+  <w:p w14:paraId="3B0B88BD">
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="6" w:space="4" w:color="9BC2E6"/>
+        <w:bottom w:val="single" w:color="9BC2E6" w:sz="6" w:space="4"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="1FA2398B"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="040C000F">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1FA2398B"/>
+    <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="040C000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="040C0019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="040C001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="040C000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...88 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="1764954416">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="131"/>
+  <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
-    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
-    <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00987019"/>
     <w:rsid w:val="000C4D70"/>
     <w:rsid w:val="000C57A5"/>
     <w:rsid w:val="00125C8D"/>
     <w:rsid w:val="00136AE3"/>
     <w:rsid w:val="001A4DF0"/>
     <w:rsid w:val="001D3CC2"/>
     <w:rsid w:val="001F1FED"/>
     <w:rsid w:val="002C329E"/>
     <w:rsid w:val="003113A8"/>
     <w:rsid w:val="003401AA"/>
     <w:rsid w:val="003567CE"/>
     <w:rsid w:val="00360311"/>
     <w:rsid w:val="00374689"/>
     <w:rsid w:val="003C7C23"/>
     <w:rsid w:val="003D3BBB"/>
     <w:rsid w:val="0046351B"/>
     <w:rsid w:val="004D7601"/>
     <w:rsid w:val="00574069"/>
     <w:rsid w:val="006D5CDD"/>
     <w:rsid w:val="006F72C7"/>
     <w:rsid w:val="007378B3"/>
     <w:rsid w:val="007E5CF9"/>
     <w:rsid w:val="008338AB"/>
     <w:rsid w:val="00987019"/>
     <w:rsid w:val="00A85DDF"/>
     <w:rsid w:val="00B31E77"/>
     <w:rsid w:val="00B40E93"/>
     <w:rsid w:val="00B434FC"/>
     <w:rsid w:val="00B70972"/>
     <w:rsid w:val="00BC0E87"/>
     <w:rsid w:val="00C734BD"/>
     <w:rsid w:val="00CD2FBD"/>
     <w:rsid w:val="00EA1D00"/>
     <w:rsid w:val="00F364A5"/>
     <w:rsid w:val="00FC7245"/>
+    <w:rsid w:val="0F877AEB"/>
+    <w:rsid w:val="6A7C1FB6"/>
+    <w:rsid w:val="6B274C07"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="fr-FR"/>
+  <w:themeFontLang w:val="fr-FR" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
+      <v:fill on="t" focussize="0,0"/>
+      <v:stroke color="#000000"/>
+    </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-[...3 lines deleted...]
-  <w15:docId w15:val="{391EF959-A198-4D16-886B-51D5F79AF430}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...4 lines deleted...]
-        <w14:ligatures w14:val="standardContextual"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
+    <w:lsdException w:uiPriority="99" w:name="index 1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 2"/>
+    <w:lsdException w:uiPriority="99" w:name="index 3"/>
+    <w:lsdException w:uiPriority="99" w:name="index 4"/>
+    <w:lsdException w:uiPriority="99" w:name="index 5"/>
+    <w:lsdException w:uiPriority="99" w:name="index 6"/>
+    <w:lsdException w:uiPriority="99" w:name="index 7"/>
+    <w:lsdException w:uiPriority="99" w:name="index 8"/>
+    <w:lsdException w:uiPriority="99" w:name="index 9"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 2"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 3"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 4"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 5"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 6"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 7"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 8"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 9"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation text"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:uiPriority="99" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption"/>
+    <w:lsdException w:uiPriority="99" w:name="table of figures"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope address"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope return"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation reference"/>
+    <w:lsdException w:uiPriority="99" w:name="line number"/>
+    <w:lsdException w:uiPriority="99" w:name="page number"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
+    <w:lsdException w:uiPriority="99" w:name="macro"/>
+    <w:lsdException w:uiPriority="99" w:name="toa heading"/>
+    <w:lsdException w:uiPriority="99" w:name="List"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number"/>
+    <w:lsdException w:uiPriority="99" w:name="List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:uiPriority="99" w:name="Closing"/>
+    <w:lsdException w:uiPriority="99" w:name="Signature"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:uiPriority="99" w:name="Salutation"/>
+    <w:lsdException w:uiPriority="99" w:name="Date"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Block Text"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Hyperlink"/>
+    <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:uiPriority="99" w:name="Document Map"/>
+    <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
+    <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal (Web)"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
+    <w:lsdException w:uiPriority="99" w:name="Balloon Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="34" w:semiHidden="0" w:name="List Paragraph"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Titre2">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="Titre2Car"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="8"/>
+    <w:qFormat/>
     <w:uiPriority w:val="9"/>
-    <w:qFormat/>
-    <w:rsid w:val="0046351B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="fr-FR"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
+  <w:style w:type="character" w:default="1" w:styleId="3">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="1"/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
+  <w:style w:type="table" w:default="1" w:styleId="7">
     <w:name w:val="Normal Table"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:styleId="4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="3"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Titre2Car">
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="10"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="8">
     <w:name w:val="Titre 2 Car"/>
-    <w:basedOn w:val="Policepardfaut"/>
-    <w:link w:val="Titre2"/>
+    <w:basedOn w:val="3"/>
+    <w:link w:val="2"/>
+    <w:qFormat/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0046351B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="fr-FR"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Lienhypertexte">
-[...1 lines deleted...]
-    <w:basedOn w:val="Policepardfaut"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="9">
+    <w:name w:val="En-tête Car"/>
+    <w:basedOn w:val="3"/>
+    <w:link w:val="6"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...5 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="En-tte">
-[...2 lines deleted...]
-    <w:link w:val="En-tteCar"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Pied de page Car"/>
+    <w:basedOn w:val="3"/>
+    <w:link w:val="5"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-[...7 lines deleted...]
-    </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="En-tteCar">
-[...28 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
+  <w:style w:type="paragraph" w:styleId="11">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
     <w:uiPriority w:val="34"/>
-    <w:qFormat/>
-    <w:rsid w:val="000C4D70"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...20 lines deleted...]
-
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bing.com/ck/a?!&amp;&amp;p=0744d1a7f88ca0e255d064b8ffc8c0e1f4e256bc3f73e1b889090817e3a4bb20JmltdHM9MTc2MTA5MTIwMA&amp;ptn=3&amp;ver=2&amp;hsh=4&amp;fclid=044377fa-5435-6b01-32a3-648d55466ac3&amp;psq=Revue+Burkina+m%c3%a9dical&amp;u=a1aHR0cHM6Ly9wb3J0YWwuaXNzbi5vcmcvcmVzb3VyY2UvSVNTTi8yNDI0LTc1MDI_bGFuZ3VhZ2U9ZnI&amp;ntb=1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bing.com/ck/a?!&amp;&amp;p=0744d1a7f88ca0e255d064b8ffc8c0e1f4e256bc3f73e1b889090817e3a4bb20JmltdHM9MTc2MTA5MTIwMA&amp;ptn=3&amp;ver=2&amp;hsh=4&amp;fclid=044377fa-5435-6b01-32a3-648d55466ac3&amp;psq=Revue+Burkina+m%c3%a9dical&amp;u=a1aHR0cHM6Ly9wb3J0YWwuaXNzbi5vcmcvcmVzb3VyY2UvSVNTTi8yNDI0LTc1MDI_bGFuZ3VhZ2U9ZnI&amp;ntb=1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by/4.0" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://drees.solidarites-sante.gouv.fr/IMG/pdf/er868.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -4373,83 +3594,86 @@
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
-[...4 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
+  <customSectProps/>
+  <customShpExts>
+    <customShpInfo spid="_x0000_s1026" textRotate="1"/>
+  </customShpExts>
+</s:customData>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
-  <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>362</Words>
   <Characters>1995</Characters>
-  <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
+  <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2353</CharactersWithSpaces>
-  <SharedDoc>false</SharedDoc>
-[...1 lines deleted...]
-  <AppVersion></AppVersion>
+  <Application>WPS Office_12.2.0.23196_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Alassane DEME</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>1036-12.2.0.23196</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>8D1D7701514E4AAA843734B35670A51A_13</vt:lpwstr>
+  </property>
+</Properties>
+</file>